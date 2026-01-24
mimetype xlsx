--- v0 (2025-12-06)
+++ v1 (2026-01-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Reporte de Guia de Remision" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="170">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="180">
   <si>
     <t>REPORTE DE GUIA DE REMISION EMITIDOS</t>
   </si>
   <si>
     <t>ITEM</t>
   </si>
   <si>
     <t>CLIENTE</t>
   </si>
   <si>
     <t>DNI / RUC DE CLIENTE</t>
   </si>
   <si>
     <t>N°  BOLETA / FACTURA</t>
   </si>
   <si>
     <t>FECHA DE TRASLADO</t>
   </si>
   <si>
     <t>N° GUIA REMISION</t>
   </si>
   <si>
     <t>DIRECCION DE PARTIDA</t>
   </si>
   <si>
@@ -522,50 +522,80 @@
     <t>FF01-11232</t>
   </si>
   <si>
     <t>2025-09-11</t>
   </si>
   <si>
     <t>TT01-49</t>
   </si>
   <si>
     <t>NRO. S/N PACHACHACA ALTA MARGEN IZQUI VERDE) - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>SERRANO INCA JOSE TEOFILO</t>
   </si>
   <si>
     <t>BCN-788</t>
   </si>
   <si>
     <t>FF01-12217</t>
   </si>
   <si>
     <t>2025-12-05</t>
   </si>
   <si>
     <t>TT01-51</t>
+  </si>
+  <si>
+    <t>CONSULTORA Y CONSTRUCTORA WW APU TAQE SOCIEDAD COMERCIAL DE RESPONSABILIDAD LIMITADA</t>
+  </si>
+  <si>
+    <t>FF01-12269</t>
+  </si>
+  <si>
+    <t>2025-12-08</t>
+  </si>
+  <si>
+    <t>TT01-52</t>
+  </si>
+  <si>
+    <t>JR. JR. JULIO C. TELLO NRO. 9 URB.  MAGISTERIAL MZ A LOTE 9 - ABANCAY - ABANCAY - APURIMAC</t>
+  </si>
+  <si>
+    <t>CORTE SUPERIOR DE JUSTICIA DE APURIMAC</t>
+  </si>
+  <si>
+    <t>FF01-12497</t>
+  </si>
+  <si>
+    <t>2025-12-24</t>
+  </si>
+  <si>
+    <t>TT01-53</t>
+  </si>
+  <si>
+    <t>AV. DIAZ BARCENAS NRO. 100 (LOCAL DE PODER JUDICIAL) - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -918,54 +948,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M46"/>
+  <dimension ref="A1:M48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="M46" sqref="M46"/>
+      <selection activeCell="M48" sqref="M48"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8" customWidth="true" style="0"/>
     <col min="2" max="2" width="80" customWidth="true" style="0"/>
     <col min="3" max="3" width="25" customWidth="true" style="0"/>
     <col min="4" max="4" width="25" customWidth="true" style="0"/>
     <col min="5" max="5" width="25" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="80" customWidth="true" style="0"/>
     <col min="8" max="8" width="80" customWidth="true" style="0"/>
     <col min="9" max="9" width="80" customWidth="true" style="0"/>
     <col min="10" max="10" width="35" customWidth="true" style="0"/>
     <col min="11" max="11" width="35" customWidth="true" style="0"/>
     <col min="12" max="12" width="35" customWidth="true" style="0"/>
     <col min="13" max="13" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
@@ -2800,50 +2830,132 @@
       <c r="E46" s="3" t="s">
         <v>168</v>
       </c>
       <c r="F46" s="3" t="s">
         <v>169</v>
       </c>
       <c r="G46" s="3" t="s">
         <v>18</v>
       </c>
       <c r="H46" s="3" t="s">
         <v>115</v>
       </c>
       <c r="I46" s="3" t="s">
         <v>110</v>
       </c>
       <c r="J46" s="3" t="s">
         <v>21</v>
       </c>
       <c r="K46" s="3">
         <v>72506380</v>
       </c>
       <c r="L46" s="3" t="s">
         <v>121</v>
       </c>
       <c r="M46" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13">
+      <c r="A47" s="3">
+        <v>45</v>
+      </c>
+      <c r="B47" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="C47" s="3">
+        <v>20608309391</v>
+      </c>
+      <c r="D47" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="F47" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H47" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="I47" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="J47" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="K47" s="3">
+        <v>43312366</v>
+      </c>
+      <c r="L47" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="M47" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13">
+      <c r="A48" s="3">
+        <v>46</v>
+      </c>
+      <c r="B48" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="C48" s="3">
+        <v>20602776604</v>
+      </c>
+      <c r="D48" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="F48" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H48" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="I48" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="J48" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="K48" s="3">
+        <v>72506380</v>
+      </c>
+      <c r="L48" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="M48" s="3" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>