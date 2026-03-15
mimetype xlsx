--- v1 (2026-01-24)
+++ v2 (2026-03-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Reporte de Guia de Remision" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="180">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="192">
   <si>
     <t>REPORTE DE GUIA DE REMISION EMITIDOS</t>
   </si>
   <si>
     <t>ITEM</t>
   </si>
   <si>
     <t>CLIENTE</t>
   </si>
   <si>
     <t>DNI / RUC DE CLIENTE</t>
   </si>
   <si>
     <t>N°  BOLETA / FACTURA</t>
   </si>
   <si>
     <t>FECHA DE TRASLADO</t>
   </si>
   <si>
     <t>N° GUIA REMISION</t>
   </si>
   <si>
     <t>DIRECCION DE PARTIDA</t>
   </si>
   <si>
@@ -552,50 +552,86 @@
     <t>FF01-12269</t>
   </si>
   <si>
     <t>2025-12-08</t>
   </si>
   <si>
     <t>TT01-52</t>
   </si>
   <si>
     <t>JR. JR. JULIO C. TELLO NRO. 9 URB.  MAGISTERIAL MZ A LOTE 9 - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>CORTE SUPERIOR DE JUSTICIA DE APURIMAC</t>
   </si>
   <si>
     <t>FF01-12497</t>
   </si>
   <si>
     <t>2025-12-24</t>
   </si>
   <si>
     <t>TT01-53</t>
   </si>
   <si>
     <t>AV. DIAZ BARCENAS NRO. 100 (LOCAL DE PODER JUDICIAL) - ABANCAY - ABANCAY - APURIMAC</t>
+  </si>
+  <si>
+    <t>FF01-12790</t>
+  </si>
+  <si>
+    <t>2026-02-07</t>
+  </si>
+  <si>
+    <t>TT01-54</t>
+  </si>
+  <si>
+    <t>FF01-12707</t>
+  </si>
+  <si>
+    <t>TT01-55</t>
+  </si>
+  <si>
+    <t>FF01-12722</t>
+  </si>
+  <si>
+    <t>TT01-56</t>
+  </si>
+  <si>
+    <t>FF01-12734</t>
+  </si>
+  <si>
+    <t>TT01-57</t>
+  </si>
+  <si>
+    <t>0000000000000000000000000000</t>
+  </si>
+  <si>
+    <t>FF01-12767</t>
+  </si>
+  <si>
+    <t>TT01-58</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -948,54 +984,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M48"/>
+  <dimension ref="A1:M53"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="M48" sqref="M48"/>
+      <selection activeCell="M53" sqref="M53"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8" customWidth="true" style="0"/>
     <col min="2" max="2" width="80" customWidth="true" style="0"/>
     <col min="3" max="3" width="25" customWidth="true" style="0"/>
     <col min="4" max="4" width="25" customWidth="true" style="0"/>
     <col min="5" max="5" width="25" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="80" customWidth="true" style="0"/>
     <col min="8" max="8" width="80" customWidth="true" style="0"/>
     <col min="9" max="9" width="80" customWidth="true" style="0"/>
     <col min="10" max="10" width="35" customWidth="true" style="0"/>
     <col min="11" max="11" width="35" customWidth="true" style="0"/>
     <col min="12" max="12" width="35" customWidth="true" style="0"/>
     <col min="13" max="13" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
@@ -2912,50 +2948,255 @@
       <c r="E48" s="3" t="s">
         <v>177</v>
       </c>
       <c r="F48" s="3" t="s">
         <v>178</v>
       </c>
       <c r="G48" s="3" t="s">
         <v>18</v>
       </c>
       <c r="H48" s="3" t="s">
         <v>179</v>
       </c>
       <c r="I48" s="3" t="s">
         <v>126</v>
       </c>
       <c r="J48" s="3" t="s">
         <v>21</v>
       </c>
       <c r="K48" s="3">
         <v>72506380</v>
       </c>
       <c r="L48" s="3" t="s">
         <v>95</v>
       </c>
       <c r="M48" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13">
+      <c r="A49" s="3">
+        <v>47</v>
+      </c>
+      <c r="B49" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="C49" s="3">
+        <v>20614002477</v>
+      </c>
+      <c r="D49" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="F49" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H49" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="I49" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="J49" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="K49" s="3">
+        <v>72506380</v>
+      </c>
+      <c r="L49" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="M49" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13">
+      <c r="A50" s="3">
+        <v>48</v>
+      </c>
+      <c r="B50" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="C50" s="3">
+        <v>20614002477</v>
+      </c>
+      <c r="D50" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="F50" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H50" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="I50" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="J50" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="K50" s="3">
+        <v>72506380</v>
+      </c>
+      <c r="L50" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="M50" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13">
+      <c r="A51" s="3">
+        <v>49</v>
+      </c>
+      <c r="B51" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="C51" s="3">
+        <v>20614002477</v>
+      </c>
+      <c r="D51" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="F51" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H51" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="I51" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="J51" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="K51" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="L51" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="M51" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13">
+      <c r="A52" s="3">
+        <v>50</v>
+      </c>
+      <c r="B52" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="C52" s="3">
+        <v>20614002477</v>
+      </c>
+      <c r="D52" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="F52" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H52" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="I52" s="3" t="s">
+        <v>189</v>
+      </c>
+      <c r="J52" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="K52" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="L52" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="M52" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13">
+      <c r="A53" s="3">
+        <v>51</v>
+      </c>
+      <c r="B53" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="C53" s="3">
+        <v>20614002477</v>
+      </c>
+      <c r="D53" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="F53" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H53" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="I53" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="J53" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="K53" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="L53" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="M53" s="3" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>